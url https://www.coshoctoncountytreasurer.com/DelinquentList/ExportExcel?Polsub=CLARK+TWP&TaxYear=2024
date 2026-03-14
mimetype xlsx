--- v0 (2025-12-19)
+++ v1 (2026-03-14)
@@ -5,900 +5,149 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
-  <si>
-[...212 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F26" headerRowCount="1">
-  <autoFilter ref="A1:F26"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F1" headerRowCount="0">
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=4062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=4077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=4164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=4165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=4166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=4309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=43289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=43301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5000&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5253&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=5293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=47499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=48234&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=43319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=43339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=43348&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F26"/>
+  <dimension ref="A1:F1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
+    <col min="1" max="1" width="16.77606964111328" customWidth="1"/>
+    <col min="2" max="2" width="13.05722713470459" customWidth="1"/>
+    <col min="3" max="3" width="13.982078552246094" customWidth="1"/>
+    <col min="4" max="4" width="16.4118595123291" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" customWidth="1"/>
+    <col min="6" max="6" width="13.9022798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2">
-[...498 lines deleted...]
-    </row>
   </sheetData>
-  <hyperlinks>
-[...25 lines deleted...]
-  </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>