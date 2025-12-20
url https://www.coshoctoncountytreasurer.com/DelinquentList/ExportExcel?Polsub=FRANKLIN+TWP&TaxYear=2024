--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -423,651 +423,651 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>85.25</v>
+        <v>87.52</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>10.63</v>
+        <v>10.91</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>470.22</v>
+        <v>482.76</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>2066.77</v>
+        <v>2121.89</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>152.36</v>
+        <v>156.42</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>615.48</v>
+        <v>631.89</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>309.96</v>
+        <v>318.23</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>275.69</v>
+        <v>283.04</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="3">
-        <v>244.33</v>
+        <v>250.85</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="3">
-        <v>161.74</v>
+        <v>166.05</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="3">
-        <v>31.63</v>
+        <v>32.47</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="3">
-        <v>69.74</v>
+        <v>71.6</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="3">
-        <v>401.65</v>
+        <v>412.37</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="3">
-        <v>372.26</v>
+        <v>382.19</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="3">
-        <v>366.41</v>
+        <v>376.19</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="3">
-        <v>1.81</v>
+        <v>1.86</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="3">
-        <v>66.37</v>
+        <v>68.14</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="3">
-        <v>18.59</v>
+        <v>19.09</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="3">
-        <v>64.61</v>
+        <v>66.34</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="3">
-        <v>33.51</v>
+        <v>34.4</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="3">
-        <v>179.09</v>
+        <v>183.86</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="3">
-        <v>19.24</v>
+        <v>19.76</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="3">
-        <v>1175.44</v>
+        <v>1206.79</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E25" s="3">
-        <v>139.68</v>
+        <v>143.41</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E26" s="3">
-        <v>1917.14</v>
+        <v>1968.26</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E27" s="3">
-        <v>2.5</v>
+        <v>2.57</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="3">
-        <v>2.5</v>
+        <v>2.57</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E29" s="3">
-        <v>38.52</v>
+        <v>39.55</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>88</v>
       </c>
       <c r="E30" s="3">
-        <v>10.54</v>
+        <v>10.82</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>82</v>
       </c>
       <c r="E31" s="3">
-        <v>10.54</v>
+        <v>10.82</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E32" s="3">
-        <v>231.36</v>
+        <v>237.53</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>