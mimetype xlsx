--- v1 (2025-12-20)
+++ v2 (2026-03-14)
@@ -5,1089 +5,149 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
-  <si>
-[...275 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F32" headerRowCount="1">
-  <autoFilter ref="A1:F32"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F1" headerRowCount="0">
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=7268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=7302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=7382&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=7411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=7463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=7654&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=7689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=7750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=7877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=7911&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=47794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=48160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=43431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=45837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=43433&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=43446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=43458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=43461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=48297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=48403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=45315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=7983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=8132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=8133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=8144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=8183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=8260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=43484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=8282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=8283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=8287&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F32"/>
+  <dimension ref="A1:F1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
+    <col min="1" max="1" width="16.77606964111328" customWidth="1"/>
+    <col min="2" max="2" width="13.05722713470459" customWidth="1"/>
+    <col min="3" max="3" width="13.982078552246094" customWidth="1"/>
+    <col min="4" max="4" width="16.4118595123291" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" customWidth="1"/>
+    <col min="6" max="6" width="13.9022798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2">
-[...618 lines deleted...]
-    </row>
   </sheetData>
-  <hyperlinks>
-[...31 lines deleted...]
-  </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>