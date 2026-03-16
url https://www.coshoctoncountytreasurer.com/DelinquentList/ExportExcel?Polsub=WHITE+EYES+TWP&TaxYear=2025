--- v0 (2026-01-23)
+++ v1 (2026-03-16)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>042-00000002-00</t>
   </si>
   <si>
     <t>DASO JEFFREY K</t>
   </si>
   <si>
@@ -77,51 +77,51 @@
   </si>
   <si>
     <t>042-00000044-00</t>
   </si>
   <si>
     <t>MCKEE RICHARD H &amp; JLRS</t>
   </si>
   <si>
     <t xml:space="preserve">26202 TR 1045  
 FRESNO OH 43824</t>
   </si>
   <si>
     <t>042-00000054-00</t>
   </si>
   <si>
     <t>CHENEY THOMAS R JLRS &amp;</t>
   </si>
   <si>
     <t xml:space="preserve">25760 TR 180  
 </t>
   </si>
   <si>
     <t>042-00000111-00</t>
   </si>
   <si>
-    <t>FRESNO COAL COMPANY INC</t>
+    <t>COSHOCTON COUNTY LAND REUTILIZATION CORP</t>
   </si>
   <si>
     <t xml:space="preserve">TR 420  
 </t>
   </si>
   <si>
     <t>042-00000132-00</t>
   </si>
   <si>
     <t>BAKER LAURIE K</t>
   </si>
   <si>
     <t xml:space="preserve">54248 TR 172  
 </t>
   </si>
   <si>
     <t>042-00000208-00</t>
   </si>
   <si>
     <t>SCHLABACH ISAAC JAY</t>
   </si>
   <si>
     <t xml:space="preserve">26340 SR 93  
 FRESNO OH 43824</t>
   </si>
@@ -174,110 +174,94 @@
   <si>
     <t xml:space="preserve">26229 CR 10  
 </t>
   </si>
   <si>
     <t>042-00000393-04</t>
   </si>
   <si>
     <t>GIBSON DAWN MARIE &amp; JLRS</t>
   </si>
   <si>
     <t xml:space="preserve">25600 CR 10  
 </t>
   </si>
   <si>
     <t>042-00000418-02</t>
   </si>
   <si>
     <t>MULLET BRENDAN &amp; JLRS</t>
   </si>
   <si>
     <t xml:space="preserve">55242 TR 175  
 </t>
   </si>
   <si>
-    <t>042-00000468-02</t>
-[...4 lines deleted...]
-  <si>
     <t>042-00000536-00</t>
   </si>
   <si>
     <t>HOLMES LARRY E SR</t>
   </si>
   <si>
     <t xml:space="preserve">54299 TR 420  
 </t>
   </si>
   <si>
     <t>042-00000628-00</t>
   </si>
   <si>
     <t>STITELER KEITH S &amp;</t>
   </si>
   <si>
     <t xml:space="preserve">27674 CR 171  
 </t>
   </si>
   <si>
     <t>042-00000707-00</t>
   </si>
   <si>
     <t>GEARY STEPHEN D</t>
   </si>
   <si>
     <t xml:space="preserve">TR 170  
 </t>
   </si>
   <si>
     <t>042-00000707-01</t>
   </si>
   <si>
     <t xml:space="preserve">52108 TR 170  
 </t>
   </si>
   <si>
     <t>042-00000855-00</t>
   </si>
   <si>
     <t>BERG JASON R</t>
   </si>
   <si>
     <t xml:space="preserve">SR 93  
-</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">26096 SR 93  
 </t>
   </si>
   <si>
     <t>042-00000988-05</t>
   </si>
   <si>
     <t>MARIE MARC G</t>
   </si>
   <si>
     <t xml:space="preserve">TR 172  
 </t>
   </si>
   <si>
     <t>042-00001016-05</t>
   </si>
   <si>
     <t>HOLPP VIRGIL</t>
   </si>
   <si>
     <t xml:space="preserve">52296 TR 186  
 </t>
   </si>
   <si>
     <t>042-00001016-12</t>
   </si>
@@ -415,70 +399,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F37" headerRowCount="1">
-  <autoFilter ref="A1:F37"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F35" headerRowCount="1">
+  <autoFilter ref="A1:F35"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33847&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33940&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34082&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34090&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34407&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34497&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34640&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34641&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34754&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34848&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=35259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=35260&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=35297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=48166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=45009&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=46598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=45033&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=46599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=46960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=45056&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=35363&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33847&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33940&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=33960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34082&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34090&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34407&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34640&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34641&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34754&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=34966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=35259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=35260&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=35297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=48166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=45009&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=46598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=45033&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=46599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=46960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=45056&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coshoctoncountytreasurer.com/Account/Index?Property_ID=35363&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F37"/>
+  <dimension ref="A1:F35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="51.17049789428711" customWidth="1"/>
     <col min="3" max="3" width="16.69217872619629" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -682,91 +666,91 @@
       </c>
       <c r="D11" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="3">
         <v>1005.93</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="3">
-        <v>239.45</v>
+        <v>0.51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="3">
-        <v>342.72</v>
+        <v>142.72</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="3">
-        <v>2170.24</v>
+        <v>1170.24</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="3">
         <v>1328.53</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
@@ -779,479 +763,437 @@
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="3">
         <v>4287.27</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="E17" s="3">
-        <v>781.52</v>
+        <v>24.24</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E18" s="3">
-        <v>434.28</v>
+        <v>969.78</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E19" s="3">
-        <v>969.78</v>
+        <v>530.38</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="3">
-        <v>557.38</v>
+        <v>754.36</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E21" s="3">
-        <v>792.36</v>
+        <v>34.27</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E22" s="3">
-        <v>34.27</v>
+        <v>2.31</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E23" s="3">
-        <v>1115.35</v>
+        <v>1462.67</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="3">
-        <v>2.31</v>
+        <v>33.22</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="3">
-        <v>1462.67</v>
+        <v>10.66</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E26" s="3">
-        <v>33.22</v>
+        <v>4.26</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E27" s="3">
-        <v>10.66</v>
+        <v>20.81</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="D28" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="3">
-        <v>4.26</v>
+        <v>47.44</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="D29" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E29" s="3">
-        <v>20.81</v>
+        <v>90.75</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E30" s="3">
-        <v>47.44</v>
+        <v>112.37</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E31" s="3">
-        <v>90.75</v>
+        <v>2558.99</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E32" s="3">
-        <v>112.37</v>
+        <v>509.11</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E33" s="3">
-        <v>2558.99</v>
+        <v>223.98</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E34" s="3">
-        <v>509.11</v>
+        <v>350.12</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D35" s="0" t="s">
+      <c r="D35" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E35" s="3">
-        <v>223.98</v>
+        <v>2.38</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>10</v>
-[...38 lines deleted...]
-      <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
-    <hyperlink ref="F36" r:id="rId36"/>
-    <hyperlink ref="F37" r:id="rId37"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>